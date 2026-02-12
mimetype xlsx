--- v0 (2025-12-16)
+++ v1 (2026-02-12)
@@ -337,51 +337,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d16cb8f363fb2aa3263aea43f024a792.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebda25d3089156294182af3c8120770e3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93c16ae52b2f9cc1e398dedea0926efb4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cee1bca5bf3f245e511193e68f9ff092.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47bd10d3064d72c38d7a353420740fe23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46032ac7386b06f176d939de246a7c034.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>