--- v1 (2026-02-12)
+++ v2 (2026-03-29)
@@ -337,51 +337,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cee1bca5bf3f245e511193e68f9ff092.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47bd10d3064d72c38d7a353420740fe23.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46032ac7386b06f176d939de246a7c034.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fcd2064e0ccfd5efb1c32f7caf59fe22.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e89e10768e4162c913530fea3401a9e03.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f08cbd7786b3469b1acc8cf27882790e4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>