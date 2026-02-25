--- v0 (2025-12-16)
+++ v1 (2026-02-25)
@@ -30,51 +30,51 @@
   <sheets>
     <sheet name="상품제안서" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'상품제안서'!$A$1:$L$34</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>쿠팸 무선 진공쌀통 12KG (14L) | 상품코드: S42275</t>
   </si>
   <si>
     <t>02-713-8555</t>
   </si>
   <si>
     <t>www.synergygift.co.kr</t>
   </si>
   <si>
     <t>【상세/제작정보】</t>
   </si>
   <si>
-    <t>&lt;p&gt;&amp;nbsp;&lt;/p&gt;&lt;p&gt;&lt;span style="font-size: 14pt;"&gt;※ 100개 이상 인쇄 진행시 별도 문의 바랍니다.&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&amp;nbsp;&lt;/p&gt;&lt;p&gt;- 깨끗하고 청결하게 쌀을 보관하는방법 , 쿠팸 쌀통!!!&lt;/p&gt;&lt;p&gt;- 자동 진공으로 쌀을 보관하여 더욱 오래 쌀벌레 없이 쌀을 유지시켜줍니다&lt;br&gt;- 손쉬운 원터치 버튼으로 쉽게 진공의 상태로 만들수 있습니다&lt;br&gt;- 한번 충전으로 100여번 진공가능합니다. &lt;br&gt;- 10KG 쌀을 넉넉히 보관가능합니다&lt;br&gt;- 남은 쌀의 양을 외부 투명창을 통해서 확인가능합니다&lt;br&gt;- 내부용량 : 14L max&lt;br&gt;- 소비전력 : 3W&lt;br&gt;- 배터리 정격 : 3.7V 1500MA&lt;br&gt;- 진공 압력 : 24KPA&lt;br&gt;- 소음도 : 60db&lt;br&gt;- 재질 :  ABS, PC , PU ,고무체&lt;br&gt;- 무게 : 약 1.83 Kg &lt;/p&gt;</t>
+    <t>&lt;p&gt;- 자동 진공으로 쌀을 보관하여 더욱 오래 쌀벌레 없이 쌀을 유지시켜줍니다&lt;/p&gt;&lt;p&gt;- 손쉬운 원터치 버튼으로 쉽게 진공의 상태로 만들수 있습니다&lt;br&gt;- 한번 충전으로 100여번 진공가능합니다. &lt;br&gt;- 10KG 쌀을 넉넉히 보관가능합니다&lt;br&gt;- 남은 쌀의 양을 외부 투명창을 통해서 확인가능합니다&lt;br&gt;- 내부용량 : 14L max&lt;br&gt;- 소비전력 : 3W&lt;br&gt;- 배터리 정격 : 3.7V 1500MA&lt;br&gt;- 진공 압력 : 24KPA&lt;br&gt;- 소음도 : 60db&lt;br&gt;- 재질 :  ABS, PC , PU ,고무체&lt;br&gt;- 무게 : 약 1.83 Kg &lt;/p&gt;</t>
   </si>
   <si>
     <t>【인쇄/포장옵션】</t>
   </si>
   <si>
     <t>실크, 레이저 / 포장불가능</t>
   </si>
   <si>
     <t xml:space="preserve">【공급단가】 </t>
   </si>
   <si>
     <t>수량</t>
   </si>
   <si>
     <t>10~</t>
   </si>
   <si>
     <t>30~</t>
   </si>
   <si>
     <t>100~</t>
   </si>
   <si>
     <t>300~</t>
   </si>
@@ -337,51 +337,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbfa30e387bb54ce7c69a90340d47ab02.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66f308bc534840602d76d4a212f80ac33.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dbabfb4908e908e986669318e0a91034.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac4eb9cb67852999aba416f31b9f34eb2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1bd358bffae2a56c0e788e85c76a1ac3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25ec29f66e6c1c07f19e10e3d3c9fc904.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1170,60 +1170,60 @@
       </c>
       <c r="D27" s="15" t="s">
         <v>10</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="15" t="s">
         <v>12</v>
       </c>
       <c r="G27" s="15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A28" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B28" s="15" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="18">
         <v>46700</v>
       </c>
       <c r="D28" s="18">
-        <v>43900</v>
+        <v>43800</v>
       </c>
       <c r="E28" s="18">
-        <v>41300</v>
+        <v>41200</v>
       </c>
       <c r="F28" s="18">
-        <v>40300</v>
+        <v>40000</v>
       </c>
       <c r="G28" s="18">
-        <v>39500</v>
+        <v>39400</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A29" s="8"/>
       <c r="B29" s="15"/>
       <c r="C29" s="18"/>
       <c r="D29" s="18"/>
       <c r="E29" s="18"/>
       <c r="F29" s="18"/>
       <c r="G29" s="18"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A30" s="8"/>
       <c r="B30" s="15"/>
       <c r="C30" s="18"/>
       <c r="D30" s="18"/>
       <c r="E30" s="18"/>
       <c r="F30" s="18"/>
       <c r="G30" s="18"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="18" s="17" customFormat="1">
       <c r="A31" s="16"/>
       <c r="B31" s="15"/>
       <c r="C31" s="18"/>
       <c r="D31" s="18"/>