--- v0 (2025-12-16)
+++ v1 (2026-01-30)
@@ -337,51 +337,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6084fef5b6ec4c35345f63d89f23d322.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84667e23cbb427c0e96a9276370dcb783.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b272b779b11ac447af7ad66188b089b4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4ff5bff1555ab1e344d66cf2b75ae3b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15dfc52496683108a7dcc9df46c4f9153.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a32358f29ab1ab7e4daa03d2ee0d81d4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>