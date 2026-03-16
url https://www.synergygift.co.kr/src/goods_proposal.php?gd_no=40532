--- v1 (2026-01-30)
+++ v2 (2026-03-16)
@@ -337,51 +337,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4ff5bff1555ab1e344d66cf2b75ae3b2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15dfc52496683108a7dcc9df46c4f9153.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a32358f29ab1ab7e4daa03d2ee0d81d4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b10b22eed4a29fc1abaf51a485d73e502.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57815671065cf4b9e2fa5fdd2a863e8e3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ec287fc5e0d03b05954ce26af1425dc4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>