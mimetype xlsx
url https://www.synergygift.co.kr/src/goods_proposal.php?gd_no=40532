--- v2 (2026-03-16)
+++ v3 (2026-03-16)
@@ -337,51 +337,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b10b22eed4a29fc1abaf51a485d73e502.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57815671065cf4b9e2fa5fdd2a863e8e3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ec287fc5e0d03b05954ce26af1425dc4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da724bf577f60a0411eb5d984da9c9c02.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58691632cde1de58dbd0c25280e67e5e3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a903165424353b32c1a7898be4e3ba9e4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>