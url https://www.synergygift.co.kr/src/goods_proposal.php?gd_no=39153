--- v0 (2025-12-16)
+++ v1 (2026-01-30)
@@ -322,51 +322,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef32b606ba1b4221633155b96c2c11e42.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c975ad659f66d8f8e3bdb0840fcef07b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5923cb290dc85997a469c6fb66d4caa2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c680581af2c0c1d737db35a1a9636fec3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f691cb8d84d35e681c57e140b1c08eeb4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -404,50 +404,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>714375</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2857500" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="상품이미지" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>638175</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>142875</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="2857500" cy="2857500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="상품이미지" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>