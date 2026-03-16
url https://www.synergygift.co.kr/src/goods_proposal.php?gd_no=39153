--- v1 (2026-01-30)
+++ v2 (2026-03-16)
@@ -322,51 +322,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5923cb290dc85997a469c6fb66d4caa2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c680581af2c0c1d737db35a1a9636fec3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f691cb8d84d35e681c57e140b1c08eeb4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44012e27327d0033abf73d0632470cc82.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -374,110 +374,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>133350</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2857500" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="상품이미지" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>