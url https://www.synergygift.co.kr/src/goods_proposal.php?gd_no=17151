--- v0 (2025-12-16)
+++ v1 (2026-01-30)
@@ -343,51 +343,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97e3bd16543795d7fc5a9c95d49bff832.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73887339f7e266b8d7588b377055894f2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>