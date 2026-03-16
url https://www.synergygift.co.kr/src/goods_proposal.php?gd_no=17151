--- v1 (2026-01-30)
+++ v2 (2026-03-16)
@@ -30,78 +30,78 @@
   <sheets>
     <sheet name="상품제안서" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'상품제안서'!$A$1:$L$34</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="20">
   <si>
     <t>곰돌이 엠블럼 석고방향제 | 상품코드: S15290</t>
   </si>
   <si>
     <t>02-713-8555</t>
   </si>
   <si>
     <t>www.synergygift.co.kr</t>
   </si>
   <si>
     <t>【상세/제작정보】</t>
   </si>
   <si>
-    <t>&lt;p&gt;&lt;span style="font-size: 12pt;"&gt;* 목걸이 칼라엠블럼 인쇄포함&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&amp;nbsp;&lt;/p&gt;&lt;p&gt;&lt;span style="font-size: 12pt;"&gt;* 곰돌이에 향작업 완료 후 출고합니다. ( 1~2개월 정도 사용 )&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="font-size: 12pt;"&gt;&amp;nbsp; 향이 다 날아간 경우 가지고 있는 향수나 리필액을 기호에 맞게 뒷면에 뿌려주면 반영구적 사용 가능합니다.&lt;/span&gt;&lt;/p&gt;</t>
+    <t>&lt;p&gt;&lt;span style="font-size: 12pt;"&gt;* 목걸이 칼라엠블럼 인쇄포함&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&amp;nbsp;&lt;/p&gt;&lt;p&gt;&lt;span style="font-size: 12pt;"&gt;* 곰돌이에 향작업 완료 후 출고합니다. ( 1~2개월 정도 사용 )&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="font-size: 12pt;"&gt;&amp;nbsp; 향이 다 날아간 경우 가지고 있는 향수나 리필액을 기호에 맞게 뒷면에 뿌려주면&amp;nbsp;&lt;/span&gt;&lt;/p&gt;&lt;p&gt;&lt;span style="font-size: 12pt;"&gt;&amp;nbsp; 반영구적 사용 가능합니다.&lt;/span&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>【인쇄/포장옵션】</t>
   </si>
   <si>
-    <t>풀칼라 / 개별케이스</t>
+    <t>풀칼라 / 포장지포장</t>
   </si>
   <si>
     <t xml:space="preserve">【공급단가】 </t>
   </si>
   <si>
     <t>수량</t>
   </si>
   <si>
+    <t>50~</t>
+  </si>
+  <si>
     <t>100~</t>
   </si>
   <si>
-    <t>300~</t>
-[...1 lines deleted...]
-  <si>
     <t>500~</t>
   </si>
   <si>
     <t>1,000~</t>
   </si>
   <si>
-    <t>5,000~</t>
+    <t>3,000~</t>
   </si>
   <si>
     <t xml:space="preserve">*VAT별도  </t>
   </si>
   <si>
     <t>화이트</t>
   </si>
   <si>
     <t>블랙</t>
   </si>
   <si>
     <t>핑크</t>
   </si>
   <si>
     <t>【상품 URL】</t>
   </si>
   <si>
     <t>https://www.synergygift.co.kr:443/src/goods_detail.php?gdno=17151</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -343,51 +343,51 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="8" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="9" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="10" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73887339f7e266b8d7588b377055894f2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7abf963c5989b2c9a777d264d01ff7732.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd316260493a302026a54a480212a52e3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>609600</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2038350" cy="457200"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="그림 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -395,50 +395,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>133350</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2857500" cy="2857500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="상품이미지" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>714375</xdr:colOff>
+      <xdr:row>3</xdr:row>
+      <xdr:rowOff>142875</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="2857500" cy="2857500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="상품이미지" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1113,105 +1143,105 @@
       </c>
       <c r="C27" s="15" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>10</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="15" t="s">
         <v>12</v>
       </c>
       <c r="G27" s="15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A28" s="11" t="s">
         <v>14</v>
       </c>
       <c r="B28" s="15" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="18">
+        <v>5650</v>
+      </c>
+      <c r="D28" s="18">
         <v>5450</v>
-      </c>
-[...1 lines deleted...]
-        <v>5200</v>
       </c>
       <c r="E28" s="18">
         <v>5050</v>
       </c>
       <c r="F28" s="18">
         <v>4950</v>
       </c>
       <c r="G28" s="18">
-        <v>4780</v>
+        <v>4850</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A29" s="8"/>
       <c r="B29" s="15" t="s">
         <v>16</v>
       </c>
       <c r="C29" s="18">
+        <v>5650</v>
+      </c>
+      <c r="D29" s="18">
         <v>5450</v>
-      </c>
-[...1 lines deleted...]
-        <v>5200</v>
       </c>
       <c r="E29" s="18">
         <v>5050</v>
       </c>
       <c r="F29" s="18">
         <v>4950</v>
       </c>
       <c r="G29" s="18">
-        <v>4780</v>
+        <v>4850</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A30" s="8"/>
       <c r="B30" s="15" t="s">
         <v>17</v>
       </c>
       <c r="C30" s="18">
+        <v>5650</v>
+      </c>
+      <c r="D30" s="18">
         <v>5450</v>
-      </c>
-[...1 lines deleted...]
-        <v>5200</v>
       </c>
       <c r="E30" s="18">
         <v>5050</v>
       </c>
       <c r="F30" s="18">
         <v>4950</v>
       </c>
       <c r="G30" s="18">
-        <v>4780</v>
+        <v>4850</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="18" s="17" customFormat="1">
       <c r="A31" s="16"/>
       <c r="B31" s="15"/>
       <c r="C31" s="18"/>
       <c r="D31" s="18"/>
       <c r="E31" s="18"/>
       <c r="F31" s="18"/>
       <c r="G31" s="18"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="12" s="13" customFormat="1"/>
     <row r="33" spans="1:12" customHeight="1" ht="18" s="13" customFormat="1">
       <c r="A33" s="10" t="s">
         <v>18</v>
       </c>
       <c r="B33" s="21" t="s">
         <v>19</v>
       </c>
       <c r="C33" s="21"/>
       <c r="D33" s="21"/>
       <c r="E33" s="21"/>
       <c r="F33" s="21"/>
       <c r="G33" s="21"/>
       <c r="H33" s="21"/>